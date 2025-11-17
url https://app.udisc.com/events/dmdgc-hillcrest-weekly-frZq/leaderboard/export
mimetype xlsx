--- v0 (2025-10-21)
+++ v1 (2025-11-17)
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>53</v>
       </c>
       <c r="H13" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
       <c r="J13">
         <v>53</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>