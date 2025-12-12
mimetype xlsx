--- v1 (2025-11-17)
+++ v2 (2025-12-12)
@@ -1621,280 +1621,283 @@
       </c>
       <c r="Y14">
         <v>2</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Cola Di Tullio</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>54</v>
       </c>
+      <c r="G15">
+        <v>297917</v>
+      </c>
       <c r="H15" t="str">
-        <v>cola57</v>
+        <v>lifegibson</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>54</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA15">
         <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>Ed Saelao</v>
+        <v>Cola Di Tullio</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>54</v>
       </c>
       <c r="H16" t="str">
-        <v>edsaelao</v>
+        <v>cola57</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>54</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>2</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T14</v>
       </c>
       <c r="C17">
         <v>14</v>
       </c>
       <c r="D17" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Ed Saelao</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>54</v>
       </c>
       <c r="H17" t="str">
-        <v>lifegibson</v>
+        <v>edsaelao</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>54</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T14</v>
       </c>
       <c r="C18">
         <v>14</v>
       </c>
       <c r="D18" t="str">
         <v>Noah Gilmour</v>
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">