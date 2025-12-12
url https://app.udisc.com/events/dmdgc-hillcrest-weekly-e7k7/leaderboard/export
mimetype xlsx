--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -3785,452 +3785,455 @@
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
         <v>5</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
-        <v>Brodie Rhines</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E41">
         <v>5</v>
       </c>
       <c r="F41">
         <v>59</v>
       </c>
+      <c r="G41">
+        <v>297917</v>
+      </c>
       <c r="H41" t="str">
-        <v>brodieonecanobi</v>
+        <v>lifegibson</v>
       </c>
       <c r="I41">
         <v>5</v>
       </c>
       <c r="J41">
         <v>59</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q41">
         <v>2</v>
       </c>
       <c r="R41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T41">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z41">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AA41">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB41">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T40</v>
       </c>
       <c r="C42">
         <v>40</v>
       </c>
       <c r="D42" t="str">
-        <v xml:space="preserve">Derek Dingman </v>
+        <v>Brodie Rhines</v>
       </c>
       <c r="E42">
         <v>5</v>
       </c>
       <c r="F42">
         <v>59</v>
       </c>
       <c r="H42" t="str">
-        <v>derekdingman</v>
+        <v>brodieonecanobi</v>
       </c>
       <c r="I42">
         <v>5</v>
       </c>
       <c r="J42">
         <v>59</v>
       </c>
       <c r="K42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R42">
         <v>4</v>
       </c>
       <c r="S42">
         <v>3</v>
       </c>
       <c r="T42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
         <v>3</v>
       </c>
       <c r="Z42">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AA42">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB42">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>T40</v>
       </c>
       <c r="C43">
         <v>40</v>
       </c>
       <c r="D43" t="str">
-        <v>Jason Fraser</v>
+        <v xml:space="preserve">Derek Dingman </v>
       </c>
       <c r="E43">
         <v>5</v>
       </c>
       <c r="F43">
         <v>59</v>
       </c>
       <c r="H43" t="str">
-        <v>fraser1430</v>
+        <v>derekdingman</v>
       </c>
       <c r="I43">
         <v>5</v>
       </c>
       <c r="J43">
         <v>59</v>
       </c>
       <c r="K43">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>4</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q43">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R43">
         <v>4</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
         <v>3</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB43">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T40</v>
       </c>
       <c r="C44">
         <v>40</v>
       </c>
       <c r="D44" t="str">
-        <v>Juan Camarena</v>
+        <v>Jason Fraser</v>
       </c>
       <c r="E44">
         <v>5</v>
       </c>
       <c r="F44">
         <v>59</v>
       </c>
       <c r="H44" t="str">
-        <v>juancamarena68</v>
+        <v>fraser1430</v>
       </c>
       <c r="I44">
         <v>5</v>
       </c>
       <c r="J44">
         <v>59</v>
       </c>
       <c r="K44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U44">
         <v>3</v>
       </c>
       <c r="V44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W44">
         <v>4</v>
       </c>
       <c r="X44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB44">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T40</v>
       </c>
       <c r="C45">
         <v>40</v>
       </c>
       <c r="D45" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Juan Camarena</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
         <v>59</v>
       </c>
       <c r="H45" t="str">
-        <v>lifegibson</v>
+        <v>juancamarena68</v>
       </c>
       <c r="I45">
         <v>5</v>
       </c>
       <c r="J45">
         <v>59</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S45">
         <v>2</v>
       </c>
       <c r="T45">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="U45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y45">
         <v>5</v>
       </c>
       <c r="Z45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB45">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
         <v>Mario Roblez</v>
       </c>
       <c r="E46">
         <v>6</v>
       </c>
       <c r="F46">
         <v>60</v>
       </c>
       <c r="H46" t="str">
         <v>airbornesmooth</v>
       </c>
       <c r="I46">