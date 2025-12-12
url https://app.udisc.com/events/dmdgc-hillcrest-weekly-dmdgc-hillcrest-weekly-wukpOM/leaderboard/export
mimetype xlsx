--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -2923,200 +2923,203 @@
       </c>
       <c r="Y29">
         <v>5</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
-        <v>Gustavo Uribe</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E30">
         <v>9</v>
       </c>
       <c r="F30">
         <v>67</v>
       </c>
+      <c r="G30">
+        <v>297917</v>
+      </c>
       <c r="H30" t="str">
-        <v>all4goose</v>
+        <v>lifegibson</v>
       </c>
       <c r="I30">
         <v>9</v>
       </c>
       <c r="J30">
         <v>67</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M30">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>6</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T29</v>
       </c>
       <c r="C31">
         <v>29</v>
       </c>
       <c r="D31" t="str">
-        <v>Life Gibson</v>
+        <v>Gustavo Uribe</v>
       </c>
       <c r="E31">
         <v>9</v>
       </c>
       <c r="F31">
         <v>67</v>
       </c>
       <c r="H31" t="str">
-        <v>lifegibson</v>
+        <v>all4goose</v>
       </c>
       <c r="I31">
         <v>9</v>
       </c>
       <c r="J31">
         <v>67</v>
       </c>
       <c r="K31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>6</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Bill Karieva</v>
       </c>
       <c r="E32">
         <v>10</v>
       </c>
       <c r="F32">
         <v>68</v>
       </c>
       <c r="G32">