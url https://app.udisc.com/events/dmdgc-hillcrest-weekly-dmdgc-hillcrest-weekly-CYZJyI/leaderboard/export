--- v0 (2025-10-21)
+++ v1 (2025-11-17)
@@ -1743,51 +1743,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E16">
         <v>3</v>
       </c>
       <c r="F16">
         <v>57</v>
       </c>
       <c r="G16">
         <v>199025</v>
       </c>
       <c r="H16" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>57</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>