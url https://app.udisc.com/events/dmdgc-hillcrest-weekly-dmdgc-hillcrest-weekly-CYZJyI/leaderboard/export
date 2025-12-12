--- v1 (2025-11-17)
+++ v2 (2025-12-12)
@@ -2160,50 +2160,53 @@
         <v>3</v>
       </c>
       <c r="AB20">
         <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E21">
         <v>7</v>
       </c>
       <c r="F21">
         <v>61</v>
       </c>
+      <c r="G21">
+        <v>297917</v>
+      </c>
       <c r="H21" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I21">
         <v>7</v>
       </c>
       <c r="J21">
         <v>61</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">