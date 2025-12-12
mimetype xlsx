--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -2025,51 +2025,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>74</v>
       </c>
       <c r="G16">
         <v>199025</v>
       </c>
       <c r="H16" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>74</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
@@ -2117,239 +2117,242 @@
       </c>
       <c r="AE16">
         <v>3</v>
       </c>
       <c r="AF16">
         <v>4</v>
       </c>
       <c r="AG16">
         <v>3</v>
       </c>
       <c r="AH16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Jade stokes</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>75</v>
       </c>
+      <c r="G17">
+        <v>297917</v>
+      </c>
       <c r="H17" t="str">
-        <v>jadestokes</v>
+        <v>lifegibson</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>75</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>2</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE17">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AF17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AH17">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Life Gibson</v>
+        <v>Jade stokes</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>75</v>
       </c>
       <c r="H18" t="str">
-        <v>lifegibson</v>
+        <v>jadestokes</v>
       </c>
       <c r="I18">
         <v>3</v>
       </c>
       <c r="J18">
         <v>75</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>2</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AF18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AH18">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>J Michael Neal</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>76</v>
       </c>
       <c r="G19">
         <v>194649</v>
       </c>
       <c r="H19" t="str">