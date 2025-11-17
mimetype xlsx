--- v0 (2025-10-21)
+++ v1 (2025-11-17)
@@ -2702,51 +2702,51 @@
       </c>
       <c r="AH22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>73</v>
       </c>
       <c r="H23" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23">
         <v>73</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>