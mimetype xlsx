--- v1 (2025-11-17)
+++ v2 (2025-12-12)
@@ -1983,239 +1983,242 @@
       </c>
       <c r="AE15">
         <v>2</v>
       </c>
       <c r="AF15">
         <v>3</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
       <c r="AH15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Thor Scordelis</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E16">
         <v>-2</v>
       </c>
       <c r="F16">
         <v>70</v>
       </c>
       <c r="G16">
-        <v>301363</v>
+        <v>297917</v>
       </c>
       <c r="H16" t="str">
-        <v>tscordelis</v>
+        <v>lifegibson</v>
       </c>
       <c r="I16">
         <v>-2</v>
       </c>
       <c r="J16">
         <v>70</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD16">
         <v>3</v>
       </c>
       <c r="AE16">
         <v>2</v>
       </c>
       <c r="AF16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Thor Scordelis</v>
       </c>
       <c r="E17">
         <v>-2</v>
       </c>
       <c r="F17">
         <v>70</v>
       </c>
+      <c r="G17">
+        <v>301363</v>
+      </c>
       <c r="H17" t="str">
-        <v>lifegibson</v>
+        <v>tscordelis</v>
       </c>
       <c r="I17">
         <v>-2</v>
       </c>
       <c r="J17">
         <v>70</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>
       <c r="U17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD17">
         <v>3</v>
       </c>
       <c r="AE17">
         <v>2</v>
       </c>
       <c r="AF17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AG17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T15</v>
       </c>
       <c r="C18">
         <v>15</v>
       </c>
       <c r="D18" t="str">
         <v>Steven Michael</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>70</v>
       </c>
       <c r="H18" t="str">