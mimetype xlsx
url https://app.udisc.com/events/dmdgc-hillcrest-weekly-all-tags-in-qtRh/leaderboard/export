--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -3902,340 +3902,343 @@
       </c>
       <c r="AE34">
         <v>3</v>
       </c>
       <c r="AF34">
         <v>5</v>
       </c>
       <c r="AG34">
         <v>3</v>
       </c>
       <c r="AH34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v xml:space="preserve">Bryan Gross </v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E35">
         <v>5</v>
       </c>
       <c r="F35">
         <v>77</v>
       </c>
+      <c r="G35">
+        <v>297917</v>
+      </c>
       <c r="H35" t="str">
-        <v>bgross1</v>
+        <v>lifegibson</v>
       </c>
       <c r="I35">
         <v>5</v>
       </c>
       <c r="J35">
         <v>77</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>4</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA35">
         <v>4</v>
       </c>
       <c r="AB35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD35">
         <v>4</v>
       </c>
       <c r="AE35">
         <v>3</v>
       </c>
       <c r="AF35">
         <v>3</v>
       </c>
       <c r="AG35">
         <v>3</v>
       </c>
       <c r="AH35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
-        <v>Jeremy Steel</v>
+        <v xml:space="preserve">Bryan Gross </v>
       </c>
       <c r="E36">
         <v>5</v>
       </c>
       <c r="F36">
         <v>77</v>
       </c>
       <c r="H36" t="str">
-        <v>jsteel</v>
+        <v>bgross1</v>
       </c>
       <c r="I36">
         <v>5</v>
       </c>
       <c r="J36">
         <v>77</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S36">
         <v>4</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
         <v>2</v>
       </c>
       <c r="X36">
         <v>3</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB36">
         <v>2</v>
       </c>
       <c r="AC36">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG36">
         <v>3</v>
       </c>
       <c r="AH36">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T34</v>
       </c>
       <c r="C37">
         <v>34</v>
       </c>
       <c r="D37" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Jeremy Steel</v>
       </c>
       <c r="E37">
         <v>5</v>
       </c>
       <c r="F37">
         <v>77</v>
       </c>
       <c r="H37" t="str">
-        <v>lifegibson</v>
+        <v>jsteel</v>
       </c>
       <c r="I37">
         <v>5</v>
       </c>
       <c r="J37">
         <v>77</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T37">
         <v>4</v>
       </c>
       <c r="U37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC37">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AD37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG37">
         <v>3</v>
       </c>
       <c r="AH37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
         <v>Ray Cooper</v>
       </c>
       <c r="E38">
         <v>6</v>
       </c>
       <c r="F38">
         <v>78</v>
       </c>
       <c r="H38" t="str">
         <v>coop5183</v>
       </c>
       <c r="I38">