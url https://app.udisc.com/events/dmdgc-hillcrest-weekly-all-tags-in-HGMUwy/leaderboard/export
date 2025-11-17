--- v0 (2025-10-21)
+++ v1 (2025-11-17)
@@ -3663,51 +3663,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>35</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E36">
         <v>7</v>
       </c>
       <c r="F36">
         <v>69</v>
       </c>
       <c r="G36">
         <v>199025</v>
       </c>
       <c r="H36" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I36">
         <v>7</v>
       </c>
       <c r="J36">
         <v>69</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>4</v>
       </c>
       <c r="P36">
         <v>4</v>
       </c>