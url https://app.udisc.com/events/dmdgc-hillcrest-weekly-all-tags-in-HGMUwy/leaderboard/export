--- v1 (2025-11-17)
+++ v2 (2025-12-12)
@@ -2648,301 +2648,304 @@
       </c>
       <c r="AA24">
         <v>2</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
       <c r="AC24">
         <v>3</v>
       </c>
       <c r="AD24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>Eric Godinez</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E25">
         <v>4</v>
       </c>
       <c r="F25">
         <v>66</v>
       </c>
+      <c r="G25">
+        <v>297917</v>
+      </c>
       <c r="H25" t="str">
-        <v>eg6363</v>
+        <v>lifegibson</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>66</v>
       </c>
       <c r="K25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>2</v>
       </c>
       <c r="Z25">
         <v>4</v>
       </c>
       <c r="AA25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
       <c r="AC25">
         <v>3</v>
       </c>
       <c r="AD25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
-        <v>Gustavo Uribe</v>
+        <v>Eric Godinez</v>
       </c>
       <c r="E26">
         <v>4</v>
       </c>
       <c r="F26">
         <v>66</v>
       </c>
       <c r="H26" t="str">
-        <v>all4goose</v>
+        <v>eg6363</v>
       </c>
       <c r="I26">
         <v>4</v>
       </c>
       <c r="J26">
         <v>66</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>2</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
       <c r="AC26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T24</v>
       </c>
       <c r="C27">
         <v>24</v>
       </c>
       <c r="D27" t="str">
-        <v>Life Gibson</v>
+        <v>Gustavo Uribe</v>
       </c>
       <c r="E27">
         <v>4</v>
       </c>
       <c r="F27">
         <v>66</v>
       </c>
       <c r="H27" t="str">
-        <v>lifegibson</v>
+        <v>all4goose</v>
       </c>
       <c r="I27">
         <v>4</v>
       </c>
       <c r="J27">
         <v>66</v>
       </c>
       <c r="K27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O27">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U27">
         <v>4</v>
       </c>
       <c r="V27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
       <c r="AC27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Ruth Steele</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28">
         <v>67</v>
       </c>
       <c r="G28">