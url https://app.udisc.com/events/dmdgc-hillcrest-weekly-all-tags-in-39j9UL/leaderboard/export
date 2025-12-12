--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -2119,50 +2119,53 @@
         <v>2</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T14</v>
       </c>
       <c r="C19">
         <v>14</v>
       </c>
       <c r="D19" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>61</v>
       </c>
+      <c r="G19">
+        <v>297917</v>
+      </c>
       <c r="H19" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>61</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
@@ -2939,51 +2942,51 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E28">
         <v>3</v>
       </c>
       <c r="F28">
         <v>65</v>
       </c>
       <c r="G28">
         <v>199025</v>
       </c>
       <c r="H28" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I28">
         <v>3</v>
       </c>
       <c r="J28">
         <v>65</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>2</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>