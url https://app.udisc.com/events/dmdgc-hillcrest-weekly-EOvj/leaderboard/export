--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -3627,50 +3627,53 @@
         <v>2</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>38</v>
       </c>
       <c r="C39">
         <v>38</v>
       </c>
       <c r="D39" t="str">
         <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E39">
         <v>12</v>
       </c>
       <c r="F39">
         <v>66</v>
       </c>
+      <c r="G39">
+        <v>297917</v>
+      </c>
       <c r="H39" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I39">
         <v>12</v>
       </c>
       <c r="J39">
         <v>66</v>
       </c>
       <c r="K39">
         <v>5</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">