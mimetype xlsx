--- v0 (2025-10-21)
+++ v1 (2026-01-12)
@@ -1209,286 +1209,289 @@
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Jacob Bassetti</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>54</v>
       </c>
+      <c r="G10">
+        <v>297917</v>
+      </c>
       <c r="H10" t="str">
-        <v>jbassetti1992</v>
+        <v>lifegibson</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>54</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>5</v>
       </c>
       <c r="Z10">
         <v>2</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Kenny trammell</v>
+        <v>Jacob Bassetti</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>54</v>
       </c>
       <c r="H11" t="str">
-        <v>kennytrammell91</v>
+        <v>jbassetti1992</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>54</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
         <v>5</v>
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Kenny trammell</v>
       </c>
       <c r="E12">
         <v>-2</v>
       </c>
       <c r="F12">
         <v>54</v>
       </c>
       <c r="H12" t="str">
-        <v>lifegibson</v>
+        <v>kennytrammell91</v>
       </c>
       <c r="I12">
         <v>-2</v>
       </c>
       <c r="J12">
         <v>54</v>
       </c>
       <c r="K12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>5</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T9</v>
       </c>
       <c r="C13">
         <v>9</v>
       </c>
       <c r="D13" t="str">
         <v>Luke Crossley</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>54</v>
       </c>
       <c r="H13" t="str">
         <v>lcross180</v>
       </c>
       <c r="I13">