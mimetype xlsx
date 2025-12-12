--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -3279,50 +3279,53 @@
         <v>4</v>
       </c>
       <c r="AD31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E32">
         <v>8</v>
       </c>
       <c r="F32">
         <v>70</v>
       </c>
+      <c r="G32">
+        <v>297917</v>
+      </c>
       <c r="H32" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I32">
         <v>8</v>
       </c>
       <c r="J32">
         <v>70</v>
       </c>
       <c r="K32">
         <v>2</v>
       </c>
       <c r="L32">
         <v>7</v>
       </c>
       <c r="M32">
         <v>4</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">