--- v0 (2025-10-21)
+++ v1 (2026-01-12)
@@ -3779,50 +3779,53 @@
         <v>3</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>39</v>
       </c>
       <c r="C40">
         <v>39</v>
       </c>
       <c r="D40" t="str">
         <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E40">
         <v>14</v>
       </c>
       <c r="F40">
         <v>68</v>
       </c>
+      <c r="G40">
+        <v>297917</v>
+      </c>
       <c r="H40" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I40">
         <v>14</v>
       </c>
       <c r="J40">
         <v>68</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>5</v>
       </c>
       <c r="N40">
         <v>4</v>
       </c>
       <c r="O40">
         <v>5</v>
       </c>
       <c r="P40">