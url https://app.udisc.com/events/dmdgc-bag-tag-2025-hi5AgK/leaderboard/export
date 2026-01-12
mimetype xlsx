--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -4393,239 +4393,242 @@
       </c>
       <c r="AE38">
         <v>3</v>
       </c>
       <c r="AF38">
         <v>3</v>
       </c>
       <c r="AG38">
         <v>3</v>
       </c>
       <c r="AH38">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T34</v>
       </c>
       <c r="C39">
         <v>34</v>
       </c>
       <c r="D39" t="str">
-        <v>Juan Camarena</v>
+        <v>Life Gibson</v>
       </c>
       <c r="E39">
         <v>7</v>
       </c>
       <c r="F39">
         <v>79</v>
       </c>
+      <c r="G39">
+        <v>297917</v>
+      </c>
       <c r="H39" t="str">
-        <v>juancamarena68</v>
+        <v>lifegibson</v>
       </c>
       <c r="I39">
         <v>7</v>
       </c>
       <c r="J39">
         <v>79</v>
       </c>
       <c r="K39">
         <v>4</v>
       </c>
       <c r="L39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P39">
         <v>4</v>
       </c>
       <c r="Q39">
         <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>5</v>
       </c>
       <c r="T39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
         <v>3</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA39">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
       <c r="AC39">
         <v>3</v>
       </c>
       <c r="AD39">
         <v>3</v>
       </c>
       <c r="AE39">
         <v>3</v>
       </c>
       <c r="AF39">
         <v>4</v>
       </c>
       <c r="AG39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH39">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T34</v>
       </c>
       <c r="C40">
         <v>34</v>
       </c>
       <c r="D40" t="str">
-        <v>Life Gibson</v>
+        <v>Juan Camarena</v>
       </c>
       <c r="E40">
         <v>7</v>
       </c>
       <c r="F40">
         <v>79</v>
       </c>
       <c r="H40" t="str">
-        <v>lifegibson</v>
+        <v>juancamarena68</v>
       </c>
       <c r="I40">
         <v>7</v>
       </c>
       <c r="J40">
         <v>79</v>
       </c>
       <c r="K40">
         <v>4</v>
       </c>
       <c r="L40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P40">
         <v>4</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
         <v>5</v>
       </c>
       <c r="T40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
         <v>3</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
       <c r="AC40">
         <v>3</v>
       </c>
       <c r="AD40">
         <v>3</v>
       </c>
       <c r="AE40">
         <v>3</v>
       </c>
       <c r="AF40">
         <v>4</v>
       </c>
       <c r="AG40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH40">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T34</v>
       </c>
       <c r="C41">
         <v>34</v>
       </c>
       <c r="D41" t="str">
         <v>Scott Henricks</v>
       </c>
       <c r="E41">
         <v>7</v>
       </c>
       <c r="F41">
         <v>79</v>
       </c>
       <c r="H41" t="str">
         <v>skotih</v>
       </c>
       <c r="I41">