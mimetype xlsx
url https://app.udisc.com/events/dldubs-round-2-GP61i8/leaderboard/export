--- v0 (2025-11-17)
+++ v1 (2025-12-20)
@@ -683,51 +683,51 @@
       </c>
       <c r="S4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Austin Dumas &amp; Ryan n</v>
       </c>
       <c r="E5">
         <v>-7</v>
       </c>
       <c r="F5">
         <v>20</v>
       </c>
       <c r="H5" t="str">
-        <v>austin1988,ryannadeau</v>
+        <v>ggbcal,ryannadeau</v>
       </c>
       <c r="I5">
         <v>-7</v>
       </c>
       <c r="J5">
         <v>20</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>