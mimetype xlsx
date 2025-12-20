--- v0 (2025-11-17)
+++ v1 (2025-12-20)
@@ -960,51 +960,51 @@
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
         <v>Austin Dumas &amp; Ryan n</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>18</v>
       </c>
       <c r="H10" t="str">
-        <v>austin1988,ryannadeau</v>
+        <v>ggbcal,ryannadeau</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
         <v>18</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>2</v>
       </c>