--- v0 (2025-11-16)
+++ v1 (2025-12-20)
@@ -1215,51 +1215,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Silver Macchio  &amp; Austin Dumas</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>51</v>
       </c>
       <c r="H10" t="str">
-        <v>macchiatomix,austin1988</v>
+        <v>macchiatomix,ggbcal</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>51</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>