--- v0 (2025-10-02)
+++ v1 (2026-02-07)
@@ -960,200 +960,203 @@
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v xml:space="preserve">Cliff Lindsay </v>
+        <v>Tony Burns</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>59</v>
       </c>
+      <c r="G7">
+        <v>320754</v>
+      </c>
       <c r="H7" t="str">
-        <v>mrtreemagnet</v>
+        <v>tonyburns</v>
       </c>
       <c r="I7">
         <v>5</v>
       </c>
       <c r="J7">
         <v>59</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Tony Burns</v>
+        <v xml:space="preserve">Cliff Lindsay </v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>59</v>
       </c>
       <c r="H8" t="str">
-        <v>tonyburns</v>
+        <v>mrtreemagnet</v>
       </c>
       <c r="I8">
         <v>5</v>
       </c>
       <c r="J8">
         <v>59</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>Trevor Smith</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>59</v>
       </c>
       <c r="H9" t="str">