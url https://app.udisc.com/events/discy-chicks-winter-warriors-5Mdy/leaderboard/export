--- v0 (2025-10-02)
+++ v1 (2026-02-07)
@@ -874,203 +874,206 @@
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Rod Dobbs</v>
+        <v>Tony Burns</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>60</v>
       </c>
+      <c r="G6">
+        <v>320754</v>
+      </c>
       <c r="H6" t="str">
-        <v>solar17</v>
+        <v>tonyburns</v>
       </c>
       <c r="I6">
         <v>6</v>
       </c>
       <c r="J6">
         <v>60</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Tony Burns</v>
+        <v>Rod Dobbs</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>60</v>
       </c>
       <c r="H7" t="str">
-        <v>tonyburns</v>
+        <v>solar17</v>
       </c>
       <c r="I7">
         <v>6</v>
       </c>
       <c r="J7">
         <v>60</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v xml:space="preserve">Karen Mack </v>
       </c>
       <c r="E8">
         <v>9</v>
       </c>
       <c r="F8">
         <v>63</v>
       </c>
       <c r="H8" t="str">
         <v/>
       </c>
       <c r="I8">