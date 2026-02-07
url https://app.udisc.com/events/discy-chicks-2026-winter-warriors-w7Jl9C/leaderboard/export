--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -711,203 +711,206 @@
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Ray Gillespie</v>
+        <v>Tony Burns</v>
       </c>
       <c r="E4">
         <v>3</v>
       </c>
       <c r="F4">
         <v>57</v>
       </c>
+      <c r="G4">
+        <v>320754</v>
+      </c>
       <c r="H4" t="str">
-        <v>raygillespie</v>
+        <v>tonyburns</v>
       </c>
       <c r="I4">
         <v>3</v>
       </c>
       <c r="J4">
         <v>57</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v>Tony Burns</v>
+        <v>Ray Gillespie</v>
       </c>
       <c r="E5">
         <v>3</v>
       </c>
       <c r="F5">
         <v>57</v>
       </c>
       <c r="H5" t="str">
-        <v>tonyburns</v>
+        <v>raygillespie</v>
       </c>
       <c r="I5">
         <v>3</v>
       </c>
       <c r="J5">
         <v>57</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Mindy</v>
       </c>
       <c r="E6">
         <v>4</v>
       </c>
       <c r="F6">
         <v>58</v>
       </c>
       <c r="G6">
         <v>91405</v>
       </c>
       <c r="H6" t="str">