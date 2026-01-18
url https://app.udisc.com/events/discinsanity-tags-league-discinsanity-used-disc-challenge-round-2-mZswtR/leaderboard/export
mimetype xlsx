--- v0 (2025-11-10)
+++ v1 (2026-01-18)
@@ -4603,50 +4603,53 @@
         <v>3</v>
       </c>
       <c r="AB49">
         <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>FA3</v>
       </c>
       <c r="B50" t="str">
         <v>1</v>
       </c>
       <c r="C50">
         <v>1</v>
       </c>
       <c r="D50" t="str">
         <v>Darlyn Diaz</v>
       </c>
       <c r="E50">
         <v>8</v>
       </c>
       <c r="F50">
         <v>62</v>
       </c>
+      <c r="G50">
+        <v>296772</v>
+      </c>
       <c r="H50" t="str">
         <v>ddarlyn</v>
       </c>
       <c r="I50">
         <v>8</v>
       </c>
       <c r="J50">
         <v>62</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
         <v>2</v>
       </c>
       <c r="O50">
         <v>4</v>
       </c>
       <c r="P50">