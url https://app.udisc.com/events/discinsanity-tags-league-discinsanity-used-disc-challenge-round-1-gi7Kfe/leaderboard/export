--- v0 (2025-11-10)
+++ v1 (2026-01-18)
@@ -4689,50 +4689,53 @@
         <v>3</v>
       </c>
       <c r="AB50">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>FA3</v>
       </c>
       <c r="B51" t="str">
         <v>2</v>
       </c>
       <c r="C51">
         <v>2</v>
       </c>
       <c r="D51" t="str">
         <v>Darlyn Diaz</v>
       </c>
       <c r="E51">
         <v>11</v>
       </c>
       <c r="F51">
         <v>65</v>
       </c>
+      <c r="G51">
+        <v>296772</v>
+      </c>
       <c r="H51" t="str">
         <v>ddarlyn</v>
       </c>
       <c r="I51">
         <v>11</v>
       </c>
       <c r="J51">
         <v>65</v>
       </c>
       <c r="K51">
         <v>4</v>
       </c>
       <c r="L51">
         <v>4</v>
       </c>
       <c r="M51">
         <v>3</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
         <v>4</v>
       </c>
       <c r="P51">