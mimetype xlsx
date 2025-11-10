--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -1553,54 +1553,51 @@
       </c>
       <c r="W13">
         <v>2</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>5</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v>Jeff Cope</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>32</v>
       </c>
       <c r="G14">
         <v>114217</v>
       </c>
       <c r="H14" t="str">
         <v>thedeen77</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>32</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>