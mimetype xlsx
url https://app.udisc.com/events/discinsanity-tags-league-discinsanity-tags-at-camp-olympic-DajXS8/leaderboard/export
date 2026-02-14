--- v0 (2025-10-20)
+++ v1 (2026-02-14)
@@ -1235,50 +1235,53 @@
         <v>2</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>2</v>
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10" t="str">
         <v>Elkan Normandin</v>
       </c>
       <c r="E10">
         <v>-4</v>
       </c>
       <c r="F10">
         <v>50</v>
       </c>
+      <c r="G10">
+        <v>282733</v>
+      </c>
       <c r="H10" t="str">
         <v>puttsforgold</v>
       </c>
       <c r="I10">
         <v>-4</v>
       </c>
       <c r="J10">
         <v>50</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">