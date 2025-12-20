--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -661,51 +661,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>INT</v>
       </c>
       <c r="B3" t="str">
         <v>1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Patrick Wilkinson</v>
       </c>
       <c r="E3">
         <v>-3</v>
       </c>
       <c r="F3">
         <v>60</v>
       </c>
       <c r="G3">
         <v>241391</v>
       </c>
       <c r="H3" t="str">
-        <v>psw245860</v>
+        <v>patrickwil</v>
       </c>
       <c r="I3">
         <v>-3</v>
       </c>
       <c r="J3">
         <v>60</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>