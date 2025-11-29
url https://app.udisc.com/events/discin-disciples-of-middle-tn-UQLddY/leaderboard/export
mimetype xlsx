--- v0 (2025-10-21)
+++ v1 (2025-11-29)
@@ -1061,51 +1061,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>INT</v>
       </c>
       <c r="B8" t="str">
         <v>4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
         <v>Patrick Wilkinson</v>
       </c>
       <c r="E8">
         <v>6</v>
       </c>
       <c r="F8">
         <v>61</v>
       </c>
       <c r="G8">
         <v>241391</v>
       </c>
       <c r="H8" t="str">
-        <v>psw245860</v>
+        <v>patrickwil</v>
       </c>
       <c r="I8">
         <v>6</v>
       </c>
       <c r="J8">
         <v>61</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>