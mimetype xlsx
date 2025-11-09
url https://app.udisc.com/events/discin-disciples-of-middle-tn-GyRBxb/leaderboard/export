--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -981,51 +981,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>INT</v>
       </c>
       <c r="B7" t="str">
         <v>3</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7" t="str">
         <v>Patrick Wilkinson</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>63</v>
       </c>
       <c r="G7">
         <v>241391</v>
       </c>
       <c r="H7" t="str">
-        <v>psw245860</v>
+        <v>patrickwil</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>63</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>