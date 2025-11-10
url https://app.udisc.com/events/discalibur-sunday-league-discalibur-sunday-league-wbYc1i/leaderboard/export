--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1180,51 +1180,51 @@
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7">
         <v>-3</v>
       </c>
       <c r="E7" t="str">
         <v>Gen</v>
       </c>
       <c r="F7" t="str">
         <v>6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="str">
         <v>Akins</v>
       </c>
       <c r="I7">
         <v>6</v>
       </c>
       <c r="J7">
         <v>78</v>
       </c>
       <c r="L7" t="str">
-        <v>jimbonasa</v>
+        <v>gawdammitjimmy</v>
       </c>
       <c r="M7">
         <v>6</v>
       </c>
       <c r="N7">
         <v>78</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>