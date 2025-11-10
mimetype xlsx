--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1256,51 +1256,51 @@
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>2</v>
       </c>
       <c r="E9" t="str">
         <v>Gen</v>
       </c>
       <c r="F9" t="str">
         <v>T7</v>
       </c>
       <c r="G9">
         <v>7</v>
       </c>
       <c r="H9" t="str">
         <v>Akins</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
         <v>53</v>
       </c>
       <c r="L9" t="str">
-        <v>jimbonasa</v>
+        <v>gawdammitjimmy</v>
       </c>
       <c r="M9">
         <v>-2</v>
       </c>
       <c r="N9">
         <v>53</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>