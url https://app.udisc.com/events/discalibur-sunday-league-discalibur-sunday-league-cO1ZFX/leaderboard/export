--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1642,51 +1642,51 @@
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13" t="str">
         <v>Gen</v>
       </c>
       <c r="F13" t="str">
         <v>11</v>
       </c>
       <c r="G13">
         <v>11</v>
       </c>
       <c r="H13" t="str">
         <v>Akins</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>55</v>
       </c>
       <c r="L13" t="str">
-        <v>jimbonasa</v>
+        <v>gawdammitjimmy</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13">
         <v>55</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>2</v>
       </c>