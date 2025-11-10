--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -677,51 +677,51 @@
       <c r="C3">
         <v>-2</v>
       </c>
       <c r="D3">
         <v>2</v>
       </c>
       <c r="E3" t="str">
         <v>Gen</v>
       </c>
       <c r="F3" t="str">
         <v>6</v>
       </c>
       <c r="G3">
         <v>6</v>
       </c>
       <c r="H3" t="str">
         <v>Akins</v>
       </c>
       <c r="I3">
         <v>-4</v>
       </c>
       <c r="J3">
         <v>51</v>
       </c>
       <c r="L3" t="str">
-        <v>jimbonasa</v>
+        <v>gawdammitjimmy</v>
       </c>
       <c r="M3">
         <v>-4</v>
       </c>
       <c r="N3">
         <v>51</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>