--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -707,50 +707,53 @@
       </c>
       <c r="D4">
         <v>-6</v>
       </c>
       <c r="E4" t="str">
         <v>MA3</v>
       </c>
       <c r="F4" t="str">
         <v>3</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I4">
         <v>2</v>
       </c>
       <c r="J4">
         <v>34</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
+      <c r="L4">
+        <v>318450</v>
+      </c>
       <c r="M4" t="str">
         <v>antneill</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>34</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>5</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
@@ -3182,50 +3185,53 @@
     </row>
     <row r="39">
       <c r="C39">
         <v>-3</v>
       </c>
       <c r="D39">
         <v>-6</v>
       </c>
       <c r="E39" t="str">
         <v>MA3</v>
       </c>
       <c r="F39" t="str">
         <v>DUP</v>
       </c>
       <c r="H39" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I39">
         <v>3</v>
       </c>
       <c r="J39">
         <v>35</v>
       </c>
       <c r="K39">
         <v>2</v>
+      </c>
+      <c r="L39">
+        <v>318450</v>
       </c>
       <c r="M39" t="str">
         <v>antneill</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>35</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
         <v>4</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
         <v>4</v>
       </c>