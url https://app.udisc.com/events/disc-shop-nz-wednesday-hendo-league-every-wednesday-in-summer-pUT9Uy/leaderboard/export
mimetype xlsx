--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -1305,50 +1305,53 @@
       </c>
       <c r="D12">
         <v>-5</v>
       </c>
       <c r="E12" t="str">
         <v>MA3</v>
       </c>
       <c r="F12" t="str">
         <v>4</v>
       </c>
       <c r="G12">
         <v>4</v>
       </c>
       <c r="H12" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12">
         <v>37</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
+      <c r="L12">
+        <v>318450</v>
+      </c>
       <c r="M12" t="str">
         <v>antneill</v>
       </c>
       <c r="N12">
         <v>5</v>
       </c>
       <c r="O12">
         <v>37</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
         <v>6</v>
       </c>
       <c r="U12">
@@ -2156,50 +2159,53 @@
     </row>
     <row r="24">
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24">
         <v>-5</v>
       </c>
       <c r="E24" t="str">
         <v>MA3</v>
       </c>
       <c r="F24" t="str">
         <v>DUP</v>
       </c>
       <c r="H24" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I24">
         <v>8</v>
       </c>
       <c r="J24">
         <v>40</v>
       </c>
       <c r="K24">
         <v>2</v>
+      </c>
+      <c r="L24">
+        <v>318450</v>
       </c>
       <c r="M24" t="str">
         <v>antneill</v>
       </c>
       <c r="N24">
         <v>8</v>
       </c>
       <c r="O24">
         <v>40</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
         <v>4</v>
       </c>
       <c r="R24">
         <v>4</v>
       </c>
       <c r="S24">
         <v>4</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>