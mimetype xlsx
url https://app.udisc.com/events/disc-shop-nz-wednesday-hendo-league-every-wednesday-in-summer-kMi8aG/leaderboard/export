--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1699,50 +1699,53 @@
       </c>
       <c r="D17">
         <v>-7</v>
       </c>
       <c r="E17" t="str">
         <v>MA3</v>
       </c>
       <c r="F17" t="str">
         <v>3</v>
       </c>
       <c r="G17">
         <v>3</v>
       </c>
       <c r="H17" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I17">
         <v>8</v>
       </c>
       <c r="J17">
         <v>40</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
+      <c r="L17">
+        <v>318450</v>
+      </c>
       <c r="M17" t="str">
         <v>antneill</v>
       </c>
       <c r="N17">
         <v>8</v>
       </c>
       <c r="O17">
         <v>40</v>
       </c>
       <c r="P17">
         <v>5</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>4</v>
       </c>
       <c r="U17">