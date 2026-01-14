--- v0 (2025-11-10)
+++ v1 (2026-01-14)
@@ -1927,50 +1927,53 @@
       </c>
       <c r="D20">
         <v>-6</v>
       </c>
       <c r="E20" t="str">
         <v>MA3</v>
       </c>
       <c r="F20" t="str">
         <v>4</v>
       </c>
       <c r="G20">
         <v>4</v>
       </c>
       <c r="H20" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I20">
         <v>7</v>
       </c>
       <c r="J20">
         <v>39</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
+      <c r="L20">
+        <v>318450</v>
+      </c>
       <c r="M20" t="str">
         <v>antneill</v>
       </c>
       <c r="N20">
         <v>7</v>
       </c>
       <c r="O20">
         <v>39</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>4</v>
       </c>
       <c r="R20">
         <v>4</v>
       </c>
       <c r="S20">
         <v>5</v>
       </c>
       <c r="T20">
         <v>4</v>
       </c>
       <c r="U20">
@@ -3741,50 +3744,53 @@
     </row>
     <row r="47">
       <c r="C47">
         <v>8</v>
       </c>
       <c r="D47">
         <v>-6</v>
       </c>
       <c r="E47" t="str">
         <v>MA3</v>
       </c>
       <c r="F47" t="str">
         <v>DUP</v>
       </c>
       <c r="H47" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I47">
         <v>14</v>
       </c>
       <c r="J47">
         <v>46</v>
       </c>
       <c r="K47">
         <v>1</v>
+      </c>
+      <c r="L47">
+        <v>318450</v>
       </c>
       <c r="M47" t="str">
         <v>antneill</v>
       </c>
       <c r="N47">
         <v>14</v>
       </c>
       <c r="O47">
         <v>46</v>
       </c>
       <c r="P47">
         <v>4</v>
       </c>
       <c r="Q47">
         <v>4</v>
       </c>
       <c r="R47">
         <v>6</v>
       </c>
       <c r="S47">
         <v>4</v>
       </c>
       <c r="T47">
         <v>5</v>
       </c>