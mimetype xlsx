--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -1012,50 +1012,53 @@
       </c>
       <c r="D8">
         <v>-6</v>
       </c>
       <c r="E8" t="str">
         <v>MA3</v>
       </c>
       <c r="F8" t="str">
         <v>2</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I8">
         <v>4</v>
       </c>
       <c r="J8">
         <v>36</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
+      <c r="L8">
+        <v>318450</v>
+      </c>
       <c r="M8" t="str">
         <v>antneill</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>36</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>5</v>
       </c>
       <c r="U8">
@@ -2005,50 +2008,53 @@
     </row>
     <row r="22">
       <c r="C22">
         <v>-1</v>
       </c>
       <c r="D22">
         <v>-6</v>
       </c>
       <c r="E22" t="str">
         <v>MA3</v>
       </c>
       <c r="F22" t="str">
         <v>DUP</v>
       </c>
       <c r="H22" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I22">
         <v>5</v>
       </c>
       <c r="J22">
         <v>37</v>
       </c>
       <c r="K22">
         <v>1</v>
+      </c>
+      <c r="L22">
+        <v>318450</v>
       </c>
       <c r="M22" t="str">
         <v>antneill</v>
       </c>
       <c r="N22">
         <v>5</v>
       </c>
       <c r="O22">
         <v>37</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>