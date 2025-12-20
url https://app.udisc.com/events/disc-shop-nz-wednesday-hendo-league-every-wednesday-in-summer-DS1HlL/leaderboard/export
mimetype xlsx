--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -630,50 +630,53 @@
       </c>
       <c r="D3">
         <v>-7</v>
       </c>
       <c r="E3" t="str">
         <v>MA3</v>
       </c>
       <c r="F3" t="str">
         <v>2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>Ant Neill</v>
       </c>
       <c r="I3">
         <v>4</v>
       </c>
       <c r="J3">
         <v>36</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
+      <c r="L3">
+        <v>318450</v>
+      </c>
       <c r="M3" t="str">
         <v>antneill</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>36</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>5</v>
       </c>
       <c r="U3">