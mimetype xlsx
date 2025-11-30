--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -1144,203 +1144,206 @@
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Andrew simpkins</v>
+        <v>Earl Giddings</v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>56</v>
       </c>
+      <c r="G9">
+        <v>315926</v>
+      </c>
       <c r="H9" t="str">
-        <v>diver2094</v>
+        <v>egidd360528</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>56</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Earl Giddings</v>
+        <v>Andrew simpkins</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>56</v>
       </c>
       <c r="H10" t="str">
-        <v>egidd360528</v>
+        <v>diver2094</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>56</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Ron hamann</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>57</v>
       </c>
       <c r="H11" t="str">
         <v>hamann</v>
       </c>
       <c r="I11">