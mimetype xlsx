--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -1662,50 +1662,53 @@
         <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Earl Giddings</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>68</v>
       </c>
+      <c r="G15">
+        <v>315926</v>
+      </c>
       <c r="H15" t="str">
         <v>egidd360528</v>
       </c>
       <c r="I15">
         <v>7</v>
       </c>
       <c r="J15">
         <v>68</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>5</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">