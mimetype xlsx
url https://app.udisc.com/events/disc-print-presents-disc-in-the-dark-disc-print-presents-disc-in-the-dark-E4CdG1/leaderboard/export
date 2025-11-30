--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -1063,50 +1063,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Earl Giddings</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
       <c r="F8">
         <v>63</v>
       </c>
+      <c r="G8">
+        <v>315926</v>
+      </c>
       <c r="H8" t="str">
         <v>egidd360528</v>
       </c>
       <c r="I8">
         <v>2</v>
       </c>
       <c r="J8">
         <v>63</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">