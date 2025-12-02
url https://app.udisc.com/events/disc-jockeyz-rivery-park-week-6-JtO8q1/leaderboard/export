--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -1822,50 +1822,53 @@
         <v>3</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>Alexander Nunez</v>
       </c>
       <c r="E17">
         <v>9</v>
       </c>
       <c r="F17">
         <v>64</v>
       </c>
+      <c r="G17">
+        <v>318525</v>
+      </c>
       <c r="H17" t="str">
         <v>coppa93</v>
       </c>
       <c r="I17">
         <v>9</v>
       </c>
       <c r="J17">
         <v>64</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">