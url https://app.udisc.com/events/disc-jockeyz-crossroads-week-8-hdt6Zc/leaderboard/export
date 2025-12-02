--- v0 (2025-11-06)
+++ v1 (2025-12-02)
@@ -2851,50 +2851,53 @@
         <v>4</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>6</v>
       </c>
       <c r="C29">
         <v>6</v>
       </c>
       <c r="D29" t="str">
         <v>Alexander Nunez</v>
       </c>
       <c r="E29">
         <v>19</v>
       </c>
       <c r="F29">
         <v>79</v>
       </c>
+      <c r="G29">
+        <v>318525</v>
+      </c>
       <c r="H29" t="str">
         <v>coppa93</v>
       </c>
       <c r="I29">
         <v>19</v>
       </c>
       <c r="J29">
         <v>79</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>5</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">