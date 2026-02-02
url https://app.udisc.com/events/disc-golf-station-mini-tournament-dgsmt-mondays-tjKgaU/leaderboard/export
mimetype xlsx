--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -1318,50 +1318,53 @@
         <v>4</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Am1</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Michael Murray</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>56</v>
       </c>
+      <c r="G11">
+        <v>319744</v>
+      </c>
       <c r="H11" t="str">
         <v>meekmike</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">