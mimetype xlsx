--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-7</v>
       </c>
       <c r="D2">
         <v>-6</v>
       </c>
       <c r="E2" t="str">
         <v>MA3</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I2">
         <v>-1</v>
       </c>
       <c r="J2">
         <v>58</v>
       </c>
+      <c r="K2">
+        <v>318153</v>
+      </c>
       <c r="L2" t="str">
         <v>fermin176</v>
       </c>
       <c r="M2">
         <v>-1</v>
       </c>
       <c r="N2">
         <v>58</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">