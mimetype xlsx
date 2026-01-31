--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -2689,50 +2689,53 @@
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24">
         <v>-4</v>
       </c>
       <c r="E24" t="str">
         <v>MA3</v>
       </c>
       <c r="F24" t="str">
         <v>T5</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I24">
         <v>7</v>
       </c>
       <c r="J24">
         <v>66</v>
       </c>
+      <c r="K24">
+        <v>318153</v>
+      </c>
       <c r="L24" t="str">
         <v>fermin176</v>
       </c>
       <c r="M24">
         <v>7</v>
       </c>
       <c r="N24">
         <v>66</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>4</v>
       </c>
       <c r="S24">
         <v>4</v>
       </c>
       <c r="T24">