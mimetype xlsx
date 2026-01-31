--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -1249,50 +1249,53 @@
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>-5</v>
       </c>
       <c r="E9" t="str">
         <v>MA3</v>
       </c>
       <c r="F9" t="str">
         <v>T1</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9">
         <v>64</v>
       </c>
+      <c r="K9">
+        <v>318153</v>
+      </c>
       <c r="L9" t="str">
         <v>fermin176</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>64</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>
       <c r="T9">