--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -2404,50 +2404,53 @@
         <v>5</v>
       </c>
       <c r="AF20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="E21" t="str">
         <v>MA3</v>
       </c>
       <c r="F21" t="str">
         <v>1</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21">
         <v>61</v>
       </c>
+      <c r="K21">
+        <v>318153</v>
+      </c>
       <c r="L21" t="str">
         <v>fermin176</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>61</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>4</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">