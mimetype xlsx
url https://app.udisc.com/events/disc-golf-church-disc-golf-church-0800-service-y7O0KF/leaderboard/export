--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -987,51 +987,51 @@
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="str">
         <v>Flock</v>
       </c>
       <c r="F6" t="str">
         <v>T3</v>
       </c>
       <c r="G6">
         <v>3</v>
       </c>
       <c r="H6" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I6">
         <v>-7</v>
       </c>
       <c r="J6">
         <v>51</v>
       </c>
       <c r="K6">
         <v>131392</v>
       </c>
       <c r="L6" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M6">
         <v>-7</v>
       </c>
       <c r="N6">
         <v>51</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>