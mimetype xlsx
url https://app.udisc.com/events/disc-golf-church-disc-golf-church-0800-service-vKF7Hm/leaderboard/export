--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -1875,51 +1875,51 @@
       <c r="D15">
         <v>2</v>
       </c>
       <c r="E15" t="str">
         <v>Flock</v>
       </c>
       <c r="F15" t="str">
         <v>13</v>
       </c>
       <c r="G15">
         <v>13</v>
       </c>
       <c r="H15" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I15">
         <v>-3</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
         <v>131392</v>
       </c>
       <c r="L15" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M15">
         <v>-3</v>
       </c>
       <c r="N15">
         <v>55</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>