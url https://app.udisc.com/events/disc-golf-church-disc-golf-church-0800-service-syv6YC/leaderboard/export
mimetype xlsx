--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -2080,51 +2080,51 @@
       <c r="D17">
         <v>0</v>
       </c>
       <c r="E17" t="str">
         <v>ALL</v>
       </c>
       <c r="F17" t="str">
         <v>T19</v>
       </c>
       <c r="G17">
         <v>19</v>
       </c>
       <c r="H17" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>61</v>
       </c>
       <c r="K17">
         <v>131392</v>
       </c>
       <c r="L17" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>61</v>
       </c>
       <c r="O17">
         <v>6</v>
       </c>
       <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>2</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>